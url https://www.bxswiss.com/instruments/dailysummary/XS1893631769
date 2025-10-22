--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf235fc27c324c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc957eaa28a424440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra811b479ee3e415c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57edc16e1e845ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R327dbb72316345c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra811b479ee3e415c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra220839046d14b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57edc16e1e845ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1893631769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,865</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,865</x:t>
-[...65 lines deleted...]
-          <x:t>99,830</x:t>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,820</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>99,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>99,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>