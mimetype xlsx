--- v1 (2025-10-22)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc957eaa28a424440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804f9fb4374c49f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57edc16e1e845ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf86d06d7534ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra220839046d14b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57edc16e1e845ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51ebeddde514ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf86d06d7534ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1893631769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>99,895</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,895</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,900</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,895</x:t>
-[...16 lines deleted...]
-          <x:t>99,895</x:t>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,875</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>99,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>99,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>99,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,895</x:t>
-[...242 lines deleted...]
-          <x:t>99,895</x:t>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>