--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804f9fb4374c49f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8457ca57fed84477" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf86d06d7534ace"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5858e6e65da647e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51ebeddde514ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf86d06d7534ace" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R790d4a459c244a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5858e6e65da647e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1893631769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,915</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,905</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>99,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,905</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>99,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,885</x:t>
-[...4 lines deleted...]
-          <x:t>99,865</x:t>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>99,865</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,855</x:t>
-[...242 lines deleted...]
-          <x:t>99,800</x:t>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>