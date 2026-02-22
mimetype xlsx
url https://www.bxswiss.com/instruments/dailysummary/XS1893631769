--- v3 (2026-01-16)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8457ca57fed84477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294847133abd42c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5858e6e65da647e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cc50e69a7d44d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R790d4a459c244a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5858e6e65da647e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e69cafc300646ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cc50e69a7d44d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1893631769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>99,865</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>