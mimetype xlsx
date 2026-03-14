--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294847133abd42c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3835e7e4654dab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cc50e69a7d44d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1922e251d69a4522"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e69cafc300646ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cc50e69a7d44d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54b60081fd5940d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1922e251d69a4522" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volkswagen Financial Services 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1893631769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,895</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>99,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,895</x:t>
-[...571 lines deleted...]
-          <x:t>99,925</x:t>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>