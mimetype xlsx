--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff127013e6444e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da8a5129bc94b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d65630b89f4a5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raef045a28a7c4d7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf365f96ba6c04f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d65630b89f4a5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d37b103c68949e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raef045a28a7c4d7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1874128033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>97,900</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>97,960</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>