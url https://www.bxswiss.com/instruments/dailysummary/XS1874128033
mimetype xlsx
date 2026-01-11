--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da8a5129bc94b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37dbfd9563d4fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raef045a28a7c4d7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fb62984a004d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d37b103c68949e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raef045a28a7c4d7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2004fc35dda4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fb62984a004d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1874128033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,020</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,075</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>97,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>