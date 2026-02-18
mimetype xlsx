--- v2 (2026-01-11)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37dbfd9563d4fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64e4730e26d4455" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fb62984a004d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96a538e95bb486c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2004fc35dda4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fb62984a004d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235a2c932a5a4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96a538e95bb486c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1874128033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>98,040</x:t>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,015</x:t>
-[...11 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,080</x:t>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>98,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>