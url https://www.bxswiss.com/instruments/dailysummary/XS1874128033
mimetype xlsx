--- v3 (2026-02-18)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64e4730e26d4455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd397043222f44eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96a538e95bb486c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40d9d579ea3e45d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235a2c932a5a4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96a538e95bb486c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c7f17e760c47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40d9d579ea3e45d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1874128033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>98,090</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,070</x:t>
+          <x:t>98,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>98,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>98,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>