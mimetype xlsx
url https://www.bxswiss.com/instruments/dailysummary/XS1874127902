--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26a565a61ad4d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab1ab53b13ad427c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc7bd743b3c4bf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R277efbd47f2e44a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f62713d57614b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc7bd743b3c4bf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R321926464db74d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R277efbd47f2e44a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1874127902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>95,000</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,975</x:t>
-[...26 lines deleted...]
-          <x:t>94,975</x:t>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,085</x:t>
-        </x:is>
-[...526 lines deleted...]
-          <x:t>96,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>