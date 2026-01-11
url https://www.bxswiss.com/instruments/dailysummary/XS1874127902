--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab1ab53b13ad427c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaab01fe039a42a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R277efbd47f2e44a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ba2cd21a1e4468"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R321926464db74d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R277efbd47f2e44a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c96b2e0f53d4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ba2cd21a1e4468" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1874127902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,405</x:t>
-[...31 lines deleted...]
-          <x:t>95,315</x:t>
+          <x:t>95,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>95,325</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,305</x:t>
-[...501 lines deleted...]
-        <x:is>
           <x:t>95,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,275</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,135</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>95,165</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>95,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>