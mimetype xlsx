--- v2 (2026-01-11)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaab01fe039a42a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d12dfa71b34751" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ba2cd21a1e4468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b9f44c66a854211"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c96b2e0f53d4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ba2cd21a1e4468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333f712d86eb47f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b9f44c66a854211" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siemens Financieringsmaatschappij 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1874127902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>95,060</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,940</x:t>
-[...124 lines deleted...]
-          <x:t>95,255</x:t>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,135</x:t>
-[...205 lines deleted...]
-          <x:t>95,195</x:t>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,190</x:t>
-[...11 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>95,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,435</x:t>
-[...63 lines deleted...]
-          <x:t>95,165</x:t>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>