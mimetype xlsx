--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d01f82d4f6144dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5356fd82a7c04139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9171f76227f64e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2638c182194542ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9fd11766df41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9171f76227f64e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350f34e050c04d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2638c182194542ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1861206636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,530</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>98,660</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,635</x:t>
-[...404 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>98,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>