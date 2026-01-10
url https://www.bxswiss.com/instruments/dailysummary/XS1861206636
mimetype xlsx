--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5356fd82a7c04139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b4e96eac27407e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2638c182194542ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0392ea95422f4588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350f34e050c04d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2638c182194542ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4942ad5d4abb4a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0392ea95422f4588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1861206636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,480</x:t>
-[...318 lines deleted...]
-          <x:t>98,325</x:t>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>98,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,445</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>98,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>