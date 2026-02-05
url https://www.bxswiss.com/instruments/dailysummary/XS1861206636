--- v2 (2026-01-10)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b4e96eac27407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc2c9bbacd0a4bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0392ea95422f4588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771b90a32f3a4b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4942ad5d4abb4a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0392ea95422f4588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra573cf54f0e044cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771b90a32f3a4b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1861206636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>98,380</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,305</x:t>
-[...124 lines deleted...]
-          <x:t>98,325</x:t>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,530</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>98,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>