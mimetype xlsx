--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc2c9bbacd0a4bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d9051ecc79540d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771b90a32f3a4b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c75ddec947e442a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra573cf54f0e044cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771b90a32f3a4b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4027c2e4054703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c75ddec947e442a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1861206636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>98,395</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,385</x:t>
-[...11 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,595</x:t>
-[...4 lines deleted...]
-          <x:t>98,455</x:t>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>98,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,525</x:t>
-        </x:is>
-[...462 lines deleted...]
-          <x:t>98,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>