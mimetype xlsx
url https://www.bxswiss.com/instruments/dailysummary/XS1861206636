--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d9051ecc79540d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3479271f64ba4705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c75ddec947e442a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb50f3eff12e403c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4027c2e4054703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c75ddec947e442a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50dbf0ec87e4615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb50f3eff12e403c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1861206636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>98,720</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,625</x:t>
-[...16 lines deleted...]
-          <x:t>98,680</x:t>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-          <x:t>18.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,565</x:t>
-[...117 lines deleted...]
-          <x:t>98,525</x:t>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>