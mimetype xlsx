--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7b2f2c46514a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708cd253ad754f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc322d514ee954aeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832be950378348a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra534b5e6fde04e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc322d514ee954aeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ca08dda7f34c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832be950378348a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1828033834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>97,940</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>98,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>08.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,325</x:t>
-[...31 lines deleted...]
-          <x:t>98,155</x:t>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...478 lines deleted...]
-          <x:t>97,965</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>