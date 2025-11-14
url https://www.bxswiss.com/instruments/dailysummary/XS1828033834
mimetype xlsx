--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708cd253ad754f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93764dc3f03a4869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832be950378348a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ace1a7fd7b94ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ca08dda7f34c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832be950378348a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b7716f9bd94558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ace1a7fd7b94ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1828033834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,020</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,125</x:t>
-[...21 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>97,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>98,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,970</x:t>
-        </x:is>
-[...516 lines deleted...]
-          <x:t>98,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>