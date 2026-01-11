--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93764dc3f03a4869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b1b2c62aea4d87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ace1a7fd7b94ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3314d97b0a4e4909"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b7716f9bd94558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ace1a7fd7b94ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf45d9a94e094437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3314d97b0a4e4909" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1828033834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...549 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,995</x:t>
-[...80 lines deleted...]
-          <x:t>97,970</x:t>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>