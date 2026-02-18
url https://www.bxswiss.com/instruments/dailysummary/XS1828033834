--- v3 (2026-01-11)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b1b2c62aea4d87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76038d31e0784cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3314d97b0a4e4909"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra438b9756d1c4ed1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf45d9a94e094437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3314d97b0a4e4909" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R750875ae00034f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra438b9756d1c4ed1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1828033834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,785</x:t>
-[...210 lines deleted...]
-          <x:t>97,925</x:t>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,835</x:t>
-[...58 lines deleted...]
-          <x:t>97,810</x:t>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>