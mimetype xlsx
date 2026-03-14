--- v4 (2026-02-18)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76038d31e0784cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453952ff0dfc40ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra438b9756d1c4ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64915fddd8134566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R750875ae00034f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra438b9756d1c4ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0af80fe39c4a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64915fddd8134566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1828033834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>97,860</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,780</x:t>
-[...539 lines deleted...]
-          <x:t>98,155</x:t>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>