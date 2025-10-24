--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5685f32ca6094b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5011949231544cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f2dec0e74864364"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e91e877f377435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424c5b912462458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f2dec0e74864364" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc5947b69d74527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e91e877f377435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1796209010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,135</x:t>
-[...16 lines deleted...]
-          <x:t>99,110</x:t>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>99,160</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,170</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>99,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>