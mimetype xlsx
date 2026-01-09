--- v1 (2025-10-24)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5011949231544cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb17e95f1b764feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e91e877f377435b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R349aabf92c944a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc5947b69d74527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e91e877f377435b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R044e2e6e0be94eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R349aabf92c944a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1796209010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,170</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>