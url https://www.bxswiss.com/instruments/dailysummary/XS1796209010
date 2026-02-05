--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb17e95f1b764feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29351bb2dc984343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R349aabf92c944a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6e8d6516a3945a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R044e2e6e0be94eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R349aabf92c944a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fe624cfe62461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6e8d6516a3945a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1796209010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,760</x:t>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>98,780</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,755</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>98,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,810</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>98,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>