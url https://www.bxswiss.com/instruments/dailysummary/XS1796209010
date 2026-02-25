--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29351bb2dc984343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb39013ab28431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6e8d6516a3945a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d19f5035e3e4f52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fe624cfe62461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6e8d6516a3945a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8122700a1db49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d19f5035e3e4f52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1796209010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,770</x:t>
-[...16 lines deleted...]
-          <x:t>98,825</x:t>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,810</x:t>
+          <x:t>98,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,900</x:t>
-[...11 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,935</x:t>
-[...75 lines deleted...]
-          <x:t>98,895</x:t>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,865</x:t>
-[...436 lines deleted...]
-          <x:t>98,810</x:t>
+          <x:t>98,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>