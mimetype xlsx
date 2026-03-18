--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb39013ab28431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d6abf3960b4649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d19f5035e3e4f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d4bb3f607c450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8122700a1db49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d19f5035e3e4f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R440d702c2da7424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d4bb3f607c450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1796209010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,910</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,860</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>98,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,885</x:t>
-[...43 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,800</x:t>
-[...58 lines deleted...]
-          <x:t>98,785</x:t>
+          <x:t>98,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...343 lines deleted...]
-          <x:t>98,930</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>