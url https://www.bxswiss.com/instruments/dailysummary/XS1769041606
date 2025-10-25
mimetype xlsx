--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851ca5ee72834846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b2d45b1ccc46d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab680e4d6c3947d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb0b9a6291b4cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref4cce2ec4cf4fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab680e4d6c3947d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabf1876a5444494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb0b9a6291b4cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>82,115</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>82,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,115</x:t>
-[...414 lines deleted...]
-          <x:t>82,905</x:t>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>