--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b2d45b1ccc46d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a669e5214d5423d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb0b9a6291b4cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a62c8a6a5d24ae2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabf1876a5444494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb0b9a6291b4cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44f9b48c4edd4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a62c8a6a5d24ae2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>82,100</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>83,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>