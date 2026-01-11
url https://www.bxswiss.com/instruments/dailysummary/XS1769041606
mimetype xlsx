--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a669e5214d5423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec6e5f99b12473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a62c8a6a5d24ae2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9db190e02a74a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44f9b48c4edd4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a62c8a6a5d24ae2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f1cae820d548cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9db190e02a74a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>81,045</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,795</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>81,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,210</x:t>
-[...75 lines deleted...]
-          <x:t>81,100</x:t>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,860</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>81,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>81,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>