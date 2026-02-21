--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec6e5f99b12473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf651d65791c6496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9db190e02a74a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74032831c34e4345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f1cae820d548cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9db190e02a74a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990276381ee14347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74032831c34e4345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,395</x:t>
-[...63 lines deleted...]
-          <x:t>81,985</x:t>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>