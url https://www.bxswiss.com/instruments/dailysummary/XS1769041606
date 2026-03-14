--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf651d65791c6496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047bc12437104343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74032831c34e4345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93534c4dd91d4138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990276381ee14347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74032831c34e4345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43757be7b765409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93534c4dd91d4138" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 38</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>81,895</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>83,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>