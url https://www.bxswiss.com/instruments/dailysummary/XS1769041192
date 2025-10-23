--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd6c745e98d455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518962590ab34297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0434a9677364f34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0bd74cc40b74316"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78184b9924fc42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0434a9677364f34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c3f998f9174316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0bd74cc40b74316" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>94,275</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,425</x:t>
-[...394 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>94,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,320</x:t>
-[...4 lines deleted...]
-          <x:t>94,595</x:t>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>