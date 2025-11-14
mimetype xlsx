--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518962590ab34297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd870ec49949745c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0bd74cc40b74316"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc742caba72c147fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c3f998f9174316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0bd74cc40b74316" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra08bc0a4d9ed4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc742caba72c147fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,415</x:t>
-[...4 lines deleted...]
-          <x:t>94,130</x:t>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>94,020</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...478 lines deleted...]
-          <x:t>95,275</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>