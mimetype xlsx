--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd870ec49949745c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328045237aca48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc742caba72c147fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R819ac1fbcc1c44ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra08bc0a4d9ed4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc742caba72c147fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2d20db945bd4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R819ac1fbcc1c44ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>94,855</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,715</x:t>
-[...129 lines deleted...]
-          <x:t>94,515</x:t>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,235</x:t>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>