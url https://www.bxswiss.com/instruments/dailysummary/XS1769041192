--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328045237aca48b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f1545a789243d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R819ac1fbcc1c44ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a040f1648d043be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2d20db945bd4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R819ac1fbcc1c44ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re921bada076343df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a040f1648d043be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,270</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,190</x:t>
-[...11 lines deleted...]
-          <x:t>94,415</x:t>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>94,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,170</x:t>
-[...107 lines deleted...]
-          <x:t>94,365</x:t>
+          <x:t>94,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,585</x:t>
-[...306 lines deleted...]
-          <x:t>94,085</x:t>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>