--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f1545a789243d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f077194a804f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a040f1648d043be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd6fdaaea9547f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re921bada076343df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a040f1648d043be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c07fa442fd4bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd6fdaaea9547f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>94,235</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,190</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>94,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>94,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>