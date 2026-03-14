--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f077194a804f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673953b7ec2c478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd6fdaaea9547f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe06279eb7fb4cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c07fa442fd4bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd6fdaaea9547f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439ceb0db7e244e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe06279eb7fb4cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1769041192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,685</x:t>
-[...58 lines deleted...]
-          <x:t>94,525</x:t>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>95,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>