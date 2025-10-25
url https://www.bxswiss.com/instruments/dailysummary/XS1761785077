--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf387c21f5c7848e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be7997781e24dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bed8afed6444cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95807f435ff24d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf959f51ab7324b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bed8afed6444cfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b0e2e63736647b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95807f435ff24d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innogy Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1761785077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>95,665</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,665</x:t>
-[...43 lines deleted...]
-          <x:t>95,875</x:t>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,835</x:t>
-[...220 lines deleted...]
-          <x:t>96,070</x:t>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>