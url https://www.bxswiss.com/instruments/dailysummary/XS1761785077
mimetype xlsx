--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be7997781e24dea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349a7660ad2d4d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95807f435ff24d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d959cd2b024256"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b0e2e63736647b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95807f435ff24d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541f710f783c4dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d959cd2b024256" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innogy Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1761785077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>95,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,000</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,025</x:t>
-[...603 lines deleted...]
-          <x:t>96,505</x:t>
+          <x:t>95,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>