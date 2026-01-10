--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349a7660ad2d4d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c4b36f65dc499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d959cd2b024256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1fd053ae2624632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541f710f783c4dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d959cd2b024256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R122a4e66b17446af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1fd053ae2624632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innogy Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1761785077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>96,210</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,000</x:t>
-[...6 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,975</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,900</x:t>
-[...65 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,990</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>95,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>