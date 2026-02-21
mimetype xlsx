--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c4b36f65dc499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c38d735e0814433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1fd053ae2624632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e43455e4734515"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R122a4e66b17446af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1fd053ae2624632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da78c251b4644b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e43455e4734515" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innogy Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1761785077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>95,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,065</x:t>
-[...75 lines deleted...]
-          <x:t>96,115</x:t>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,930</x:t>
-[...274 lines deleted...]
-          <x:t>95,990</x:t>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>