--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c38d735e0814433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0146b62c066f4e8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e43455e4734515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a05918dace5469c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da78c251b4644b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e43455e4734515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53941cd6665c41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a05918dace5469c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innogy Finance 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1761785077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>96,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,935</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>96,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,870</x:t>
-[...598 lines deleted...]
-          <x:t>96,215</x:t>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>