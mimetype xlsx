--- v0 (2025-10-22)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc28c32e026674f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58849894e4d54a3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be2b00f81b54227"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf84bf3a631b6484e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d35620796364dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be2b00f81b54227" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db3d5b963dd446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf84bf3a631b6484e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exor 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1753808929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>98,090</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>98,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,140</x:t>
-[...16 lines deleted...]
-          <x:t>98,145</x:t>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>98,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>