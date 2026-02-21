--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58849894e4d54a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R448a477796274756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf84bf3a631b6484e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2cc209eff14783"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db3d5b963dd446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf84bf3a631b6484e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc98599494c73492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2cc209eff14783" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exor 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1753808929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,175</x:t>
-[...58 lines deleted...]
-          <x:t>98,300</x:t>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>98,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,345</x:t>
-[...195 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,460</x:t>
-[...63 lines deleted...]
-          <x:t>98,320</x:t>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>