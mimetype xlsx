--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R448a477796274756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb40d84bd2434bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2cc209eff14783"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ce175bc2e14392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc98599494c73492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2cc209eff14783" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b604fe56b64235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ce175bc2e14392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exor 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1753808929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>98,105</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,055</x:t>
-[...598 lines deleted...]
-          <x:t>98,760</x:t>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>