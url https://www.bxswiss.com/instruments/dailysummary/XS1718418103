--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb16f09755d24e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724678d6e97f4139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893df78adced459b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986695c6914447de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R405e6e59191f4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893df78adced459b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R946a2f90e74a484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986695c6914447de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718418103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,335</x:t>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,340</x:t>
-[...43 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,280</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>97,285</x:t>
-        </x:is>
-[...376 lines deleted...]
-          <x:t>97,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>