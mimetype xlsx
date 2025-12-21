--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724678d6e97f4139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941336bd65904e5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986695c6914447de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab050e43a61d4a0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R946a2f90e74a484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986695c6914447de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf643cbd4b8d4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab050e43a61d4a0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718418103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>