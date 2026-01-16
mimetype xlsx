--- v2 (2025-12-21)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941336bd65904e5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c8308ff5c94198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab050e43a61d4a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1009d0dc4dc5453a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf643cbd4b8d4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab050e43a61d4a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce2e7a5c8f04927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1009d0dc4dc5453a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718418103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>20.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,290</x:t>
-[...58 lines deleted...]
-          <x:t>97,235</x:t>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>97,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,260</x:t>
-[...409 lines deleted...]
-          <x:t>97,285</x:t>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>