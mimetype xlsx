--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c8308ff5c94198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe69e00a37842cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1009d0dc4dc5453a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a2e93709294df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce2e7a5c8f04927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1009d0dc4dc5453a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re71d4cf839254659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a2e93709294df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718418103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>97,315</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>97,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>97,440</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,440</x:t>
-[...139 lines deleted...]
-          <x:t>97,480</x:t>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>