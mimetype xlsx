--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe69e00a37842cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb47d9f8c37b45b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a2e93709294df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec647c175064b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re71d4cf839254659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a2e93709294df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e6e6510eb540a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec647c175064b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718418103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,515</x:t>
-[...630 lines deleted...]
-          <x:t>97,595</x:t>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>