--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d17a0d6eef45e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe51668254f4430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b9ff5b9342646ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac14bff7c634d86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff7f4988dc994d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b9ff5b9342646ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc9b086ef13043cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac14bff7c634d86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718417717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>81,305</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>80,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,815</x:t>
-[...90 lines deleted...]
-          <x:t>81,015</x:t>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>