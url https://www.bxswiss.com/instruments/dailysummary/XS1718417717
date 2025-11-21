--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe51668254f4430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29060d13846e4401" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac14bff7c634d86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2074205895254729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc9b086ef13043cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac14bff7c634d86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ec5fb75145414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2074205895254729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718417717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,633 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...13 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,120</x:t>
-[...70 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,815</x:t>
-[...489 lines deleted...]
-        <x:is>
           <x:t>80,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>