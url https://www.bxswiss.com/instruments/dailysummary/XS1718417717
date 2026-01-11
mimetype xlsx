--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29060d13846e4401" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf63283fc829247d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2074205895254729"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b6707468bfc43ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ec5fb75145414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2074205895254729" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44419e206f04896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b6707468bfc43ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718417717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,045</x:t>
-        </x:is>
-[...229 lines deleted...]
-          <x:t>78,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>