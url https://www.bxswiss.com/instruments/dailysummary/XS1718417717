--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf63283fc829247d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c54501a82941e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b6707468bfc43ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa99ed8530054ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44419e206f04896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b6707468bfc43ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re60424a9fa464e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa99ed8530054ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718417717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>