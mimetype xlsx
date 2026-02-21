--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c54501a82941e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffdad79f11774983" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa99ed8530054ff1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564b311fdfed4738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re60424a9fa464e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa99ed8530054ff1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ef78175f734889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564b311fdfed4738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718417717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>78,570</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>79,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>