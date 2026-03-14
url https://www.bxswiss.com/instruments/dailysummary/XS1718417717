--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffdad79f11774983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref9ce4cd96c941c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564b311fdfed4738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53ff01b5f544b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ef78175f734889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564b311fdfed4738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb81d8f6890674a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53ff01b5f544b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1718417717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>79,215</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,195</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>79,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>80,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>