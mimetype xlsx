--- v0 (2026-01-08)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e1ddda447848e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref56a9f77fb74bdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a0435bc9c64c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7250441cdb548fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca862e4c085245e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a0435bc9c64c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c9c4fd8d66430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7250441cdb548fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nestle 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1707075245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,470</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>