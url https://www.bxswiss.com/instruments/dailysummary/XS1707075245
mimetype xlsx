--- v1 (2026-01-09)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref56a9f77fb74bdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9f93660ecf4ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7250441cdb548fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf8ea12cc04a4a53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c9c4fd8d66430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7250441cdb548fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2537d131ae04140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf8ea12cc04a4a53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nestle 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1707075245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>82,205</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,075</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>82,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,295</x:t>
-[...156 lines deleted...]
-          <x:t>82,075</x:t>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,950</x:t>
-[...139 lines deleted...]
-          <x:t>82,270</x:t>
+          <x:t>82,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>