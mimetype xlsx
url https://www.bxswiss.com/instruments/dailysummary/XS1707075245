--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9f93660ecf4ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6828c1ead1b244e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf8ea12cc04a4a53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R053b2a68eee1426d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2537d131ae04140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf8ea12cc04a4a53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187dc298137f4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R053b2a68eee1426d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nestle 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1707075245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>81,795</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,660</x:t>
-[...75 lines deleted...]
-          <x:t>82,350</x:t>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,295</x:t>
-[...463 lines deleted...]
-          <x:t>82,490</x:t>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>