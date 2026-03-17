--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6828c1ead1b244e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2b07c409f84255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R053b2a68eee1426d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64c1409519f84741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187dc298137f4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R053b2a68eee1426d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1cf60b70d3849a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64c1409519f84741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nestle 37</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1707075245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,145</x:t>
-[...16 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,250</x:t>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,065</x:t>
-[...539 lines deleted...]
-          <x:t>83,275</x:t>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>