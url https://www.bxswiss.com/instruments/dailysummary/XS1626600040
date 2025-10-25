--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf421639a9c04524" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12967c311bc40a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28fedbb3e478424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f19161558247c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb336a610bd749d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28fedbb3e478424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4181aa12987a4ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f19161558247c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1626600040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>91,515</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,500</x:t>
-[...102 lines deleted...]
-          <x:t>92,165</x:t>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,035</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>91,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,900</x:t>
-[...58 lines deleted...]
-          <x:t>91,885</x:t>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,155</x:t>
-[...306 lines deleted...]
-          <x:t>91,870</x:t>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>