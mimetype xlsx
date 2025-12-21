--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12967c311bc40a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91475880b9f54bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f19161558247c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395452b6732148df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4181aa12987a4ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f19161558247c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf94cf8d82a142f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395452b6732148df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1626600040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>91,900</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,690</x:t>
-[...33 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,790</x:t>
-[...107 lines deleted...]
-          <x:t>91,960</x:t>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,870</x:t>
-[...458 lines deleted...]
-          <x:t>92,385</x:t>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>