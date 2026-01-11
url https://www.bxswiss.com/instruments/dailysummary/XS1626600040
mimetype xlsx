--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91475880b9f54bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e8fc2867a5d44e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395452b6732148df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b1349d34784c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf94cf8d82a142f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395452b6732148df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb88a7a0742148fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b1349d34784c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1626600040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>90,585</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>90,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,025</x:t>
-[...63 lines deleted...]
-          <x:t>90,485</x:t>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>