--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e8fc2867a5d44e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e14a955c2a4626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b1349d34784c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb73b568172a94013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb88a7a0742148fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b1349d34784c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c0d1cdc4a0e4005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb73b568172a94013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1626600040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>90,460</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,845</x:t>
-[...286 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,100</x:t>
-[...63 lines deleted...]
-          <x:t>90,945</x:t>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>