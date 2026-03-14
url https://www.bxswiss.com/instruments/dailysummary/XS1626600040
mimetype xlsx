--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e14a955c2a4626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bd08fc8e36487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb73b568172a94013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabc1c7de0cea49df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c0d1cdc4a0e4005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb73b568172a94013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda65f231dd8a4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabc1c7de0cea49df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1626600040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>90,765</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>91,165</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,140</x:t>
-[...70 lines deleted...]
-          <x:t>91,225</x:t>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,070</x:t>
-[...377 lines deleted...]
-          <x:t>91,755</x:t>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>