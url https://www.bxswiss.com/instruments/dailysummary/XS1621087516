--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc21a6f2cd72413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8834afb052b48e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b6cfd855fd3439b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re995c9b4ec5146f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3bcbf04720445ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b6cfd855fd3439b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39692a4cee6a48f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re995c9b4ec5146f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1621087516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>98,285</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,365</x:t>
-[...521 lines deleted...]
-        <x:is>
           <x:t>98,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>