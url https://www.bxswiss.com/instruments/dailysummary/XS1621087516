--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8834afb052b48e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485349645a9644bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re995c9b4ec5146f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0bd5534d44245ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39692a4cee6a48f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re995c9b4ec5146f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0d3611626647c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0bd5534d44245ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1621087516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>98,415</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,405</x:t>
-[...43 lines deleted...]
-          <x:t>98,425</x:t>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,425</x:t>
-[...16 lines deleted...]
-          <x:t>98,460</x:t>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,440</x:t>
-[...16 lines deleted...]
-          <x:t>98,485</x:t>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,465</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>98,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,530</x:t>
-[...360 lines deleted...]
-          <x:t>98,560</x:t>
+          <x:t>98,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>