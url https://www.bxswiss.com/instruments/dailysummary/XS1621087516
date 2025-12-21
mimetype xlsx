--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485349645a9644bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2d3436468ec4086" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0bd5534d44245ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94cce1b1063b4ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0d3611626647c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0bd5534d44245ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74fde4236ea4efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94cce1b1063b4ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1621087516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,585</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>98,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,575</x:t>
-[...16 lines deleted...]
-          <x:t>98,595</x:t>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,590</x:t>
-[...70 lines deleted...]
-          <x:t>98,595</x:t>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,545</x:t>
-[...16 lines deleted...]
-          <x:t>98,560</x:t>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,555</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>98,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,560</x:t>
-[...97 lines deleted...]
-          <x:t>98,590</x:t>
+          <x:t>98,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>98,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>