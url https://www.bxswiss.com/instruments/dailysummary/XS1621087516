--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2d3436468ec4086" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58874716d4a84321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94cce1b1063b4ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re28fe134d2f44a7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74fde4236ea4efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94cce1b1063b4ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R909a069dc30745ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re28fe134d2f44a7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1621087516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,530</x:t>
-[...48 lines deleted...]
-          <x:t>98,530</x:t>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,530</x:t>
-[...151 lines deleted...]
-          <x:t>98,550</x:t>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,545</x:t>
-[...301 lines deleted...]
-          <x:t>98,510</x:t>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>