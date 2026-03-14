--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58874716d4a84321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9bfdcda1cb40e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re28fe134d2f44a7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e56aa591cf646bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R909a069dc30745ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re28fe134d2f44a7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd5d3520874e4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e56aa591cf646bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1621087516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>98,470</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>98,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,475</x:t>
-[...355 lines deleted...]
-          <x:t>98,610</x:t>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>