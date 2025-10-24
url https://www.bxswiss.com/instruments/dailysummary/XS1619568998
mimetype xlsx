--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc97e7b31a884c75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ca9a8cf1364eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bedc849fb864cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61cdff9ba4d547ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb587f1d97eb4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bedc849fb864cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R242ef77c974b4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61cdff9ba4d547ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1619568998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>81,380</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>02.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>81,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,750</x:t>
-[...53 lines deleted...]
-          <x:t>81,155</x:t>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>81,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>81,850</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>81,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>