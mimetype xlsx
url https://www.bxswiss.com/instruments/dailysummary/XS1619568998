--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ca9a8cf1364eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb4c338e3224186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61cdff9ba4d547ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3080f40acdbe4406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R242ef77c974b4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61cdff9ba4d547ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec70ec73b9b5495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3080f40acdbe4406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1619568998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>81,645</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,520</x:t>
-[...205 lines deleted...]
-          <x:t>81,865</x:t>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,785</x:t>
-[...65 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,060</x:t>
-[...306 lines deleted...]
-          <x:t>82,730</x:t>
+          <x:t>81,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>