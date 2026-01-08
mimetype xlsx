--- v2 (2025-11-14)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb4c338e3224186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31910013bfb34a9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3080f40acdbe4406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b6493ef24a4f04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec70ec73b9b5495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3080f40acdbe4406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce88aa86a924eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b6493ef24a4f04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1619568998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>81,775</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>