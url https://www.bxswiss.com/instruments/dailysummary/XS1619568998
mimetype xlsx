--- v3 (2026-01-08)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31910013bfb34a9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf395b83cdecd43fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b6493ef24a4f04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe0ef0beaa2c4d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce88aa86a924eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b6493ef24a4f04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36c8f7f74ae4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe0ef0beaa2c4d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1619568998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>