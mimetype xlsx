--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf395b83cdecd43fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916ddf17564a481f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe0ef0beaa2c4d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd10ed0aa5b9c4416"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36c8f7f74ae4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe0ef0beaa2c4d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7de8b73cbe5948e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd10ed0aa5b9c4416" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1619568998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>81,025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,920</x:t>
-[...259 lines deleted...]
-          <x:t>81,255</x:t>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,140</x:t>
-[...107 lines deleted...]
-          <x:t>81,305</x:t>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>81,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>