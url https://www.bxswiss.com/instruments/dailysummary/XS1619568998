--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916ddf17564a481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26404a0488514a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd10ed0aa5b9c4416"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R732d1a17f7d24074"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7de8b73cbe5948e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd10ed0aa5b9c4416" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab4ccc93f3a4b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R732d1a17f7d24074" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1619568998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>81,445</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>81,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>82,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>