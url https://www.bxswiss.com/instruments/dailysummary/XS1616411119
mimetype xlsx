--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9319979fa3424b40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746c47565e16493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef299e48097455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7639e3c9c19349f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb61cc63db397418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef299e48097455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf4d9bb24a2742f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7639e3c9c19349f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1616411119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>96,465</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,880</x:t>
-[...4 lines deleted...]
-          <x:t>96,450</x:t>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>04.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,930</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>96,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>96,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>96,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>