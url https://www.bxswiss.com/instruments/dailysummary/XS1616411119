--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746c47565e16493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2361febb55a94e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7639e3c9c19349f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd549c2b5cf3845d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf4d9bb24a2742f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7639e3c9c19349f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b59002ec734e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd549c2b5cf3845d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1616411119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>96,720</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>96,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,900</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>97,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>