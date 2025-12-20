--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2361febb55a94e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fcf2b87a8fd4e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd549c2b5cf3845d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e66db796a2a45c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b59002ec734e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd549c2b5cf3845d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2090c21a3ce41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e66db796a2a45c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1616411119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,940</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,945</x:t>
-[...97 lines deleted...]
-          <x:t>97,035</x:t>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>96,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>96,955</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,835</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>96,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>