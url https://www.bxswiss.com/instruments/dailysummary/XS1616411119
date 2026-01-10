--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fcf2b87a8fd4e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2604022edd4622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e66db796a2a45c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab32b5bd8d0c4e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2090c21a3ce41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e66db796a2a45c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbd7d2a92334f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab32b5bd8d0c4e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1616411119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,860</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,830</x:t>
-[...11 lines deleted...]
-          <x:t>96,830</x:t>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>96,845</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>96,820</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,820</x:t>
-[...43 lines deleted...]
-          <x:t>96,840</x:t>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,825</x:t>
-[...65 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>97,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,915</x:t>
-[...85 lines deleted...]
-          <x:t>96,890</x:t>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>96,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>