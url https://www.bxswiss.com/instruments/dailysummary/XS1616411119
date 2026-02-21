--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2604022edd4622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa88ab9833247c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab32b5bd8d0c4e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ffa5ffa3fdc41fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbd7d2a92334f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab32b5bd8d0c4e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b43f3ac8f82485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ffa5ffa3fdc41fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1616411119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>96,775</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,835</x:t>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,990</x:t>
-[...16 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>96,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,915</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>97,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>