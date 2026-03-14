--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa88ab9833247c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85fb59a90954ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ffa5ffa3fdc41fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R230295f20c2141f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b43f3ac8f82485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ffa5ffa3fdc41fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc03ac07786644e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R230295f20c2141f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E.ON 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1616411119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,935</x:t>
-[...4 lines deleted...]
-          <x:t>96,865</x:t>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>96,925</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>96,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>