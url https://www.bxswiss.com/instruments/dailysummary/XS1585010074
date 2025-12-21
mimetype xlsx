--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9b4022754e447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96413904ace94687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14691a93eb284f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb37f961ec149ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f469f1b28f4d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14691a93eb284f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a3aa0e07151445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb37f961ec149ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1585010074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,950</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>