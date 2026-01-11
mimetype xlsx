--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96413904ace94687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7542198e6a8f4ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb37f961ec149ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80bb75dfea0f4deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a3aa0e07151445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb37f961ec149ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3ed94f8114f4a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80bb75dfea0f4deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1585010074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>98,000</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>98,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,005</x:t>
-[...134 lines deleted...]
-          <x:t>98,060</x:t>
+          <x:t>98,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>98,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,110</x:t>
-[...16 lines deleted...]
-          <x:t>98,145</x:t>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>98,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,130</x:t>
-[...16 lines deleted...]
-          <x:t>98,165</x:t>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,150</x:t>
-[...4 lines deleted...]
-          <x:t>98,155</x:t>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>