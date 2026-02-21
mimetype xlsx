--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7542198e6a8f4ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc3fcc78a99c4d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80bb75dfea0f4deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad92b864767443f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3ed94f8114f4a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80bb75dfea0f4deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra920a40986944fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad92b864767443f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1585010074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>98,165</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,150</x:t>
-[...43 lines deleted...]
-          <x:t>98,220</x:t>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,185</x:t>
-[...124 lines deleted...]
-          <x:t>98,335</x:t>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,260</x:t>
-[...4 lines deleted...]
-          <x:t>98,280</x:t>
+          <x:t>98,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>