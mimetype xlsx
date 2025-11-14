--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0033ac940dc9439c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416a57c527a440e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2fa8d082f54429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e49169b01fc4e39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cfdbe7b6b5f4713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2fa8d082f54429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d688b2a64f24440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e49169b01fc4e39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCA Hygiene 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1584122763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>98,895</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,870</x:t>
-[...97 lines deleted...]
-          <x:t>98,835</x:t>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,835</x:t>
-[...58 lines deleted...]
-          <x:t>98,945</x:t>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>