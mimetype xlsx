--- v1 (2025-11-14)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416a57c527a440e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2871aa533841a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e49169b01fc4e39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf839ce2c005e4d59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d688b2a64f24440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e49169b01fc4e39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Race92580a5a44f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf839ce2c005e4d59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCA Hygiene 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1584122763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>99,055</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,020</x:t>
-[...70 lines deleted...]
-          <x:t>99,085</x:t>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,050</x:t>
-[...436 lines deleted...]
-          <x:t>98,990</x:t>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>