--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2871aa533841a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9552118564644b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf839ce2c005e4d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a77d2efc50a49be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Race92580a5a44f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf839ce2c005e4d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b532d9535a14c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a77d2efc50a49be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCA Hygiene 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1584122763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,260</x:t>
-[...4 lines deleted...]
-          <x:t>99,140</x:t>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,165</x:t>
-        </x:is>
-[...619 lines deleted...]
-          <x:t>99,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>