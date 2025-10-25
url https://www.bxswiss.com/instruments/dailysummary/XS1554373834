--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f138966cecf4737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79eecac48fa2415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1937b9d40da34e9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e3800655944850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0e712d31ea4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1937b9d40da34e9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf4c4ac54c34308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e3800655944850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1554373834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>98,235</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,175</x:t>
-[...38 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,525</x:t>
-[...544 lines deleted...]
-          <x:t>99,370</x:t>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>