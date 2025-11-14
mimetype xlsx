--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79eecac48fa2415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa6f5220e80a43c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e3800655944850"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56289bb7b3c4343"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf4c4ac54c34308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e3800655944850" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R780fe89d9a644430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56289bb7b3c4343" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1554373834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,630</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>98,830</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,830</x:t>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,945</x:t>
-        </x:is>
-[...511 lines deleted...]
-          <x:t>99,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>