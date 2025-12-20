--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa6f5220e80a43c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbfdcef527c44040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56289bb7b3c4343"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77304181a8e4c14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R780fe89d9a644430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56289bb7b3c4343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ffa957022a4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77304181a8e4c14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1554373834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...512 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>98,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>98,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>