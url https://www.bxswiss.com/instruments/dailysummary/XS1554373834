--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbfdcef527c44040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeed81862c024ce6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77304181a8e4c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f6ab325b96432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ffa957022a4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77304181a8e4c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3a3763e26c41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f6ab325b96432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1554373834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,040</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-          <x:t>98,630</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,715</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>98,645</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>98,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>