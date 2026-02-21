--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeed81862c024ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d936fa8259496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f6ab325b96432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c69eb19c40d4607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3a3763e26c41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f6ab325b96432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124523657242482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c69eb19c40d4607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fresenius 32</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1554373834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>98,620</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>98,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,790</x:t>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>98,645</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>