--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb3dd2c882134235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc5f98bdf614694" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0e72044bc6407b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R786293cf31994f8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf30b023d193d4b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0e72044bc6407b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2710cc9b814061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R786293cf31994f8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1493724584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,295</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>