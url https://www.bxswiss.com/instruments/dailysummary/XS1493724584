--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc5f98bdf614694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra024e127e1aa454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R786293cf31994f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84dba4bfdab547b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2710cc9b814061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R786293cf31994f8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71689c7e5c5949ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84dba4bfdab547b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1493724584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,475</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,425</x:t>
-[...16 lines deleted...]
-          <x:t>95,505</x:t>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>95,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,645</x:t>
-[...372 lines deleted...]
-          <x:t>95,530</x:t>
+          <x:t>95,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>