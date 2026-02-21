--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra024e127e1aa454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra726b5c6b0c24b10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84dba4bfdab547b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b9a45f0c5847bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71689c7e5c5949ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84dba4bfdab547b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2e4ec79a4142bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b9a45f0c5847bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1493724584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,570</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,680</x:t>
-[...318 lines deleted...]
-          <x:t>95,660</x:t>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,570</x:t>
-[...58 lines deleted...]
-          <x:t>95,545</x:t>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>