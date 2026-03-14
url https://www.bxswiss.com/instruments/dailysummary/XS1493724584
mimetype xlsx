--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra726b5c6b0c24b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece4f53dbbdb46d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b9a45f0c5847bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943c19b23dd142e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2e4ec79a4142bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b9a45f0c5847bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R306ce956bb834478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943c19b23dd142e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1493724584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>95,615</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,595</x:t>
-[...620 lines deleted...]
-          <x:t>95,890</x:t>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>