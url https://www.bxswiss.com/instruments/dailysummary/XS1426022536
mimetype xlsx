--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73405a72048f4fc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c996bfd94694be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2925f316a6b94a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01eecf11606d43a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ec5b3c9cee45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2925f316a6b94a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65136eaf1a864f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01eecf11606d43a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1426022536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,590</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,580</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,580</x:t>
-[...129 lines deleted...]
-          <x:t>99,565</x:t>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,565</x:t>
-[...70 lines deleted...]
-          <x:t>99,575</x:t>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>99,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,590</x:t>
-[...85 lines deleted...]
-          <x:t>99,590</x:t>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>