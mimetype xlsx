--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c996bfd94694be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c9d15560214d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01eecf11606d43a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra92d894bbcd24895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65136eaf1a864f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01eecf11606d43a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22184f7049d542a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra92d894bbcd24895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1426022536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,580</x:t>
-[...11 lines deleted...]
-          <x:t>99,580</x:t>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,580</x:t>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,600</x:t>
-[...355 lines deleted...]
-          <x:t>99,605</x:t>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>