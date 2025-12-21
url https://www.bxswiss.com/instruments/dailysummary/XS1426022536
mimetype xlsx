--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c9d15560214d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1793537673d442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra92d894bbcd24895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb6ab355dbd0438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22184f7049d542a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra92d894bbcd24895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde85b4a380a74c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb6ab355dbd0438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1426022536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...485 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,610</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>99,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,610</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,620</x:t>
-[...31 lines deleted...]
-          <x:t>99,620</x:t>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>