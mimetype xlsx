--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1793537673d442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf462e89e44a4254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb6ab355dbd0438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd232e65e9064d9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde85b4a380a74c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb6ab355dbd0438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd37dfae4915b494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd232e65e9064d9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1426022536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,635</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>99,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,650</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>