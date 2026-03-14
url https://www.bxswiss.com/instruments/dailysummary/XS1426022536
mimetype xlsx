--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf462e89e44a4254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238aa1d2b8154c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd232e65e9064d9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e0712ac4d384bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd37dfae4915b494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd232e65e9064d9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6641da80ebf4144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e0712ac4d384bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sumitomo Mitsui Financial Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1426022536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,695</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>