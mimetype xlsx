--- v0 (2025-10-25)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79fa75420c94038" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdcc69a980c4706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7fde00c396d4dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84bb4e2a6dd64cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820ea99fabf64e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7fde00c396d4dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0816dbfa2a414094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84bb4e2a6dd64cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1401197253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,030</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>82,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,030</x:t>
-[...512 lines deleted...]
-          <x:t>83,825</x:t>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>