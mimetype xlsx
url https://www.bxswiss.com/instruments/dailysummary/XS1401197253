--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdcc69a980c4706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re880ca72c0c04147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84bb4e2a6dd64cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9bf32f8144845ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0816dbfa2a414094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84bb4e2a6dd64cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a3273dc929484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9bf32f8144845ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1401197253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>83,065</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,995</x:t>
-[...11 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,255</x:t>
-[...522 lines deleted...]
-          <x:t>82,275</x:t>
+          <x:t>83,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>