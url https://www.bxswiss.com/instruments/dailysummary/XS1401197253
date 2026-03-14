--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re880ca72c0c04147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64a22103af4f43f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9bf32f8144845ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R633e7960a2034785"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a3273dc929484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9bf32f8144845ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8122344f5b61405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R633e7960a2034785" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1401197253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>83,020</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,975</x:t>
-[...70 lines deleted...]
-          <x:t>82,790</x:t>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,645</x:t>
-[...539 lines deleted...]
-          <x:t>84,170</x:t>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>