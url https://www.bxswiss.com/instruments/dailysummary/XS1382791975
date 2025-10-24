--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c629b913e594b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331f4404d5264b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaaf0202104c4602"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548fbda0762d4c5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81e293aeb02b4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaaf0202104c4602" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf4de45c307845f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548fbda0762d4c5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1382791975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,770</x:t>
-[...70 lines deleted...]
-          <x:t>97,740</x:t>
+          <x:t>98,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,740</x:t>
-[...43 lines deleted...]
-          <x:t>97,855</x:t>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,855</x:t>
-[...448 lines deleted...]
-          <x:t>97,955</x:t>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,955</x:t>
-[...31 lines deleted...]
-          <x:t>98,085</x:t>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>