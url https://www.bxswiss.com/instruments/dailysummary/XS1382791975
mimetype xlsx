--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331f4404d5264b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b18c9d8dc2c41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548fbda0762d4c5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8976cd9afa4646bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf4de45c307845f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548fbda0762d4c5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057032d56e38482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8976cd9afa4646bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1382791975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,060</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,000</x:t>
-[...16 lines deleted...]
-          <x:t>98,095</x:t>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,005</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>97,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,965</x:t>
-[...458 lines deleted...]
-          <x:t>98,310</x:t>
+          <x:t>97,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>