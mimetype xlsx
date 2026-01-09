--- v2 (2025-11-14)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b18c9d8dc2c41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb39159283ed4cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8976cd9afa4646bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12168dc0bb594bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057032d56e38482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8976cd9afa4646bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae67dc6986f3472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12168dc0bb594bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1382791975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,385</x:t>
-[...328 lines deleted...]
-          <x:t>98,045</x:t>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>97,845</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,935</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>97,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>