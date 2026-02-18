--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb39159283ed4cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcef451ca8a34b1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12168dc0bb594bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd3e79265cb4c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae67dc6986f3472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12168dc0bb594bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c57642c2c2441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd3e79265cb4c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1382791975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,985</x:t>
-[...355 lines deleted...]
-          <x:t>97,610</x:t>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>97,850</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,715</x:t>
-[...58 lines deleted...]
-          <x:t>97,935</x:t>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>