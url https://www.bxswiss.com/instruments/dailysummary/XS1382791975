--- v4 (2026-02-18)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcef451ca8a34b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21935b553d5b45df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd3e79265cb4c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cb9758cc8464fbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c57642c2c2441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd3e79265cb4c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R746caf3efbc9451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cb9758cc8464fbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1382791975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>98,080</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,040</x:t>
-[...16 lines deleted...]
-          <x:t>98,190</x:t>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,150</x:t>
-[...539 lines deleted...]
-          <x:t>98,195</x:t>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>