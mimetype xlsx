--- v0 (2025-10-02)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f85c24f3cf4922" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7259a0487ce4386" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef39d4e3b26498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b1db30d05534a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9016e0e4ff4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef39d4e3b26498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda6c30d244745ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b1db30d05534a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1362373224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>100,810</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,720</x:t>
-[...291 lines deleted...]
-          <x:t>101,235</x:t>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,075</x:t>
-[...70 lines deleted...]
-          <x:t>101,055</x:t>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,965</x:t>
-[...114 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,670</x:t>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>101,055</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>