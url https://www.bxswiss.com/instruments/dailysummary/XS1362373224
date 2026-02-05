--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7259a0487ce4386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e2594a5013a4517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b1db30d05534a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b808d7d0c64c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda6c30d244745ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b1db30d05534a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098839827fd8410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b808d7d0c64c7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1362373224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>100,705</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>100,040</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>