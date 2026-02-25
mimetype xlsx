--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e2594a5013a4517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3298060380f24769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b808d7d0c64c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cefb6b3cb654577"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098839827fd8410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b808d7d0c64c7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32092b1c4c6647a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cefb6b3cb654577" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1362373224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,540</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>100,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>100,385</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>100,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,330</x:t>
-[...97 lines deleted...]
-          <x:t>100,535</x:t>
+          <x:t>100,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>100,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>100,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>