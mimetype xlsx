--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3298060380f24769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5aee590ffc943ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cefb6b3cb654577"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0354f40dd7cb4492"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32092b1c4c6647a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cefb6b3cb654577" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd38c5b29b7c435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0354f40dd7cb4492" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1362373224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>100,535</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>100,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,485</x:t>
-[...247 lines deleted...]
-          <x:t>100,705</x:t>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>