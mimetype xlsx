--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb524a85952e740a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768cf37ae0634c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ddb272a7f75443c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8392eabb8ea4df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd444342cb9e44515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ddb272a7f75443c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d011abf4d44d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8392eabb8ea4df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1316420089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>95,065</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,985</x:t>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>95,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,175</x:t>
-[...11 lines deleted...]
-          <x:t>95,220</x:t>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>95,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>