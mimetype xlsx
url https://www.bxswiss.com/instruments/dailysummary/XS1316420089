--- v1 (2026-01-08)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768cf37ae0634c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7580025803604612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8392eabb8ea4df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9faa4c6be92f404b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d011abf4d44d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8392eabb8ea4df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e956442dfdc45ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9faa4c6be92f404b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1316420089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>95,440</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,415</x:t>
-[...4 lines deleted...]
-          <x:t>95,495</x:t>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>