--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7580025803604612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7064d7607a042c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9faa4c6be92f404b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b151d67907d4780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e956442dfdc45ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9faa4c6be92f404b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a96cf6a8c3413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b151d67907d4780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Bahn 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1316420089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>95,640</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,555</x:t>
-[...33 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,680</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>96,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>