--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d587dbb96c4491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb44eb25f5f45a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a64152affd4114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dc11bdd9e94e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a0ad09339384784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a64152affd4114" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red321557871745c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dc11bdd9e94e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1134729794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>99,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,440</x:t>
-[...463 lines deleted...]
-          <x:t>99,615</x:t>
+          <x:t>99,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>