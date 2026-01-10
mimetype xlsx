--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb44eb25f5f45a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22116dd4952420b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dc11bdd9e94e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980cfc0bf0664460"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red321557871745c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dc11bdd9e94e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb03bf3a6ff4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980cfc0bf0664460" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1134729794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>99,485</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,570</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>21.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>99,460</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>27.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,520</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>99,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>