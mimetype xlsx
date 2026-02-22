--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22116dd4952420b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca409e1224f470a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980cfc0bf0664460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c3af1644c24d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb03bf3a6ff4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980cfc0bf0664460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57ea19985cc439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c3af1644c24d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1134729794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,485</x:t>
-[...43 lines deleted...]
-          <x:t>99,485</x:t>
+          <x:t>99,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,485</x:t>
-[...151 lines deleted...]
-          <x:t>99,510</x:t>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,480</x:t>
-[...247 lines deleted...]
-          <x:t>99,520</x:t>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>