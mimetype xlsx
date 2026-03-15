--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca409e1224f470a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra990a000d801483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c3af1644c24d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341b67d8f34c4720"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57ea19985cc439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c3af1644c24d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3928ee8da5f24d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341b67d8f34c4720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Novartis 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1134729794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,585</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>99,610</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,690</x:t>
-[...134 lines deleted...]
-          <x:t>99,705</x:t>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,600</x:t>
-[...377 lines deleted...]
-          <x:t>99,585</x:t>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>