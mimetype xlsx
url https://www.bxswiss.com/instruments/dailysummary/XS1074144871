--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544d706da7204858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R602b4f4bdc4247f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49c0f6c44d62461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055ddf7812454d88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3dca5604ef246c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49c0f6c44d62461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68ea95a37764c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055ddf7812454d88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1074144871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>100,545</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,540</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>100,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,535</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>100,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>