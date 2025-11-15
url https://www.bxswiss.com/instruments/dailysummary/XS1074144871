--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R602b4f4bdc4247f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7230b72c6554801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055ddf7812454d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e7371313bd24af3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68ea95a37764c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055ddf7812454d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d36ede6b324691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e7371313bd24af3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1074144871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>100,500</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,460</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>100,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,455</x:t>
-[...70 lines deleted...]
-          <x:t>100,460</x:t>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,445</x:t>
+          <x:t>100,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,450</x:t>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>20.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>100,435</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,425</x:t>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>