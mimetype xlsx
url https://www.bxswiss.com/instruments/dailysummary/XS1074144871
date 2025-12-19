--- v2 (2025-11-15)
+++ v3 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7230b72c6554801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94b340876022412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e7371313bd24af3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8225cf92f4ee42f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d36ede6b324691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e7371313bd24af3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7dffb42774046b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8225cf92f4ee42f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1074144871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,375</x:t>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,370</x:t>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>