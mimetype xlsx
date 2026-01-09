--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94b340876022412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b95e8d20ba47e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8225cf92f4ee42f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645a729890254bd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7dffb42774046b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8225cf92f4ee42f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc3e1c74a664d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645a729890254bd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1074144871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,330</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>100,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,325</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>100,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>