--- v4 (2026-01-09)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b95e8d20ba47e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e384838aa44daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645a729890254bd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra443face70874271"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc3e1c74a664d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645a729890254bd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c6c4063c1c41ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra443face70874271" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1074144871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>100,305</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,285</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>100,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>