--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e384838aa44daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5da4c8676b634993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra443face70874271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2bb13c2faa4c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c6c4063c1c41ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra443face70874271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fda4b3d5ccf459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2bb13c2faa4c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1074144871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>