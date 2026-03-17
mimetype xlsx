--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5da4c8676b634993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6660003d35d54a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2bb13c2faa4c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf535d42c2c5f4238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fda4b3d5ccf459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2bb13c2faa4c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ea9b9212f704ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf535d42c2c5f4238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldman Sachs Group 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1074144871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,205</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>100,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,205</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>100,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,205</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>100,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,185</x:t>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>