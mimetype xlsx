--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796e2975af8141d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31588e73992546c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe975a6ad20412a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb5e9b7b5e204f83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd17a3f649484338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe975a6ad20412a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20010b34d1414b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb5e9b7b5e204f83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS0875797515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,335</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,275</x:t>
-[...16 lines deleted...]
-          <x:t>102,315</x:t>
+          <x:t>102,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,165</x:t>
-[...70 lines deleted...]
-          <x:t>102,315</x:t>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>102,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>102,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,335</x:t>
-[...463 lines deleted...]
-          <x:t>102,275</x:t>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>