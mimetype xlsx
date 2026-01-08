--- v1 (2025-10-24)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31588e73992546c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4341e0b90ec4107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb5e9b7b5e204f83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2f20d0a87d4c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20010b34d1414b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb5e9b7b5e204f83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd5192ae90004086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2f20d0a87d4c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS0875797515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,285</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,215</x:t>
-[...70 lines deleted...]
-          <x:t>102,295</x:t>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>102,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,195</x:t>
-[...512 lines deleted...]
-          <x:t>102,525</x:t>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>