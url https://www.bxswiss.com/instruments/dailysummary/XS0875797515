--- v2 (2026-01-08)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4341e0b90ec4107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5043749c7ff43d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2f20d0a87d4c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7239403ed86a432c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd5192ae90004086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2f20d0a87d4c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e8e1aa42b441f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7239403ed86a432c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS0875797515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,315</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,205</x:t>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,145</x:t>
-[...16 lines deleted...]
-          <x:t>102,120</x:t>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,185</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,095</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>102,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>