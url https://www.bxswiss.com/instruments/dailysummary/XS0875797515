--- v3 (2026-01-10)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5043749c7ff43d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ae80bfc6904321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7239403ed86a432c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04863ac605f84788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e8e1aa42b441f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7239403ed86a432c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red043e340b8740bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04863ac605f84788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS0875797515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,120</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>102,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,065</x:t>
-[...16 lines deleted...]
-          <x:t>102,130</x:t>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>102,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,005</x:t>
-[...70 lines deleted...]
-          <x:t>102,085</x:t>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,950</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>102,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>