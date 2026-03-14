--- v4 (2026-02-18)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ae80bfc6904321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3dbf0d79a904ef3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04863ac605f84788"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3b7deaed1f465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red043e340b8740bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04863ac605f84788" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebcaee8ac00f4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3b7deaed1f465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS0875797515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,040</x:t>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>102,020</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,000</x:t>
-[...168 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,045</x:t>
-[...161 lines deleted...]
-          <x:t>102,010</x:t>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>101,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>