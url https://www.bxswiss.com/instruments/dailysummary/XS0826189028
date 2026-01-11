--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R448899490b6642b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21322cd7d1e14858" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recb54ba1aadf4a90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b6421ece7614291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39495d7e8c84549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recb54ba1aadf4a90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf89029bd7bce4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b6421ece7614291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Telia 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS0826189028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,350</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>