--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21322cd7d1e14858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b8fdbe418e4b77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b6421ece7614291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re408f736e1ea4938"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf89029bd7bce4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b6421ece7614291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a2ed49070874f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re408f736e1ea4938" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Telia 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS0826189028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,035</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
-        </x:is>
-[...440 lines deleted...]
-          <x:t>101,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>