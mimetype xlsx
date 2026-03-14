--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b8fdbe418e4b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83fc0e6755064716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re408f736e1ea4938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4e7cb87aadb4349"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a2ed49070874f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re408f736e1ea4938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd03aa106dd2644f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4e7cb87aadb4349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Telia 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS0826189028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,100</x:t>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,065</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>101,025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,025</x:t>
-[...21 lines deleted...]
-          <x:t>101,055</x:t>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>101,045</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>