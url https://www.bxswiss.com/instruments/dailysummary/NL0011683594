--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6aa2cdb2874a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc53f920e9db74216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6227f022a7b04dd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2303f99bbfb47ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985c2c35e4334d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6227f022a7b04dd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re505160d86ae4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2303f99bbfb47ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Morningstar Developed Markets Dividend Leaders UCITS Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NL0011683594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>41,763</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>