--- v1 (2025-12-31)
+++ v2 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc53f920e9db74216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8bb2a95184a4318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2303f99bbfb47ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5329343eb4b44f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re505160d86ae4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2303f99bbfb47ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7265747bcf774d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5329343eb4b44f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Morningstar Developed Markets Dividend Leaders UCITS Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NL0011683594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>44,632</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>