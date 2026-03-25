--- v2 (2026-02-11)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8bb2a95184a4318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e9348511ac4c2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5329343eb4b44f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3a332d9b1540e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7265747bcf774d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5329343eb4b44f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cdb353b4af4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3a332d9b1540e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Morningstar Developed Markets Dividend Leaders UCITS Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NL0011683594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...458 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,157</x:t>
-[...117 lines deleted...]
-          <x:t>46,965</x:t>
+          <x:t>46,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>