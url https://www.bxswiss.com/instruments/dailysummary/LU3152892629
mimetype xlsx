--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df04b419f7149b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34613237f5ca4818" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3fcd3b5341345fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078278c2da85479f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58633d9da58e40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3fcd3b5341345fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4668938f9fc4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078278c2da85479f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2036 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU3152892629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,319</x:t>
@@ -444,31 +346,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>