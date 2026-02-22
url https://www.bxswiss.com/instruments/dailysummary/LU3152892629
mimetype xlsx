--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34613237f5ca4818" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb53b215c014f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078278c2da85479f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94e3f6ce8364e1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4668938f9fc4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078278c2da85479f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea9bddc44ed4482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94e3f6ce8364e1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2036 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU3152892629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,471 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...50 lines deleted...]
-          <x:t>27,309</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,255</x:t>
-[...16 lines deleted...]
-          <x:t>27,413</x:t>
+          <x:t>27,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,413</x:t>
-[...141 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>27,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,152</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>27,552</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>