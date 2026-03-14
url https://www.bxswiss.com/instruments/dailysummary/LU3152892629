--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb53b215c014f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf97aa440db4b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94e3f6ce8364e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd1965f8b6544d22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea9bddc44ed4482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94e3f6ce8364e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e515972e5447c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd1965f8b6544d22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2036 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU3152892629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>27,334</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,279</x:t>
-[...11 lines deleted...]
-          <x:t>27,308</x:t>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,142</x:t>
-[...16 lines deleted...]
-          <x:t>27,221</x:t>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,197</x:t>
-[...11 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>26,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,232</x:t>
-[...441 lines deleted...]
-          <x:t>27,220</x:t>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>