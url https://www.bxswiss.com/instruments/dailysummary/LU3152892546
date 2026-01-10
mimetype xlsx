--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6255cfa29f0f4269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde446fcd422c4283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51aacff17644d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e57567e1324152"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf3545360e0846df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51aacff17644d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re39ad51c232b4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e57567e1324152" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2035 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU3152892546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
@@ -424,31 +326,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>