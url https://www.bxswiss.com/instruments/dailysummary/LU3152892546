--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde446fcd422c4283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd26dd6f25ee744f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e57567e1324152"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b27e6eb19c486a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re39ad51c232b4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e57567e1324152" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2b7c3a096a241e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b27e6eb19c486a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2035 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU3152892546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...84 lines deleted...]
-          <x:t>28,301</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,127</x:t>
-[...87 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,984</x:t>
-[...225 lines deleted...]
-          <x:t>28,262</x:t>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>