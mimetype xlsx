--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd26dd6f25ee744f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa2473c3ebc4f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b27e6eb19c486a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a1cbf0e4414df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2b7c3a096a241e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b27e6eb19c486a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc24385e893484ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a1cbf0e4414df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2035 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU3152892546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>28,383</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,188</x:t>
-[...318 lines deleted...]
-          <x:t>27,886</x:t>
+          <x:t>28,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>27,994</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>