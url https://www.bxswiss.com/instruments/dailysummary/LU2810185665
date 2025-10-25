--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910f23213af04d17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432c4265f7604313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8ec6791762842df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59944761c1f54985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3670acec1b234cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8ec6791762842df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f1e34e7bd54664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59944761c1f54985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2028 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2810185665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>33,501</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,481</x:t>
-[...161 lines deleted...]
-          <x:t>33,392</x:t>
+          <x:t>33,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,511</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,561</x:t>
-[...26 lines deleted...]
-          <x:t>33,533</x:t>
+          <x:t>33,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,461</x:t>
-[...350 lines deleted...]
-          <x:t>33,549</x:t>
+          <x:t>33,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>