--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432c4265f7604313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2d8e740049f4772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59944761c1f54985"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6848fc97b5477d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f1e34e7bd54664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59944761c1f54985" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f93fe6e937a4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6848fc97b5477d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2028 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2810185665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,615</x:t>
-[...31 lines deleted...]
-          <x:t>33,451</x:t>
+          <x:t>33,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>33,464</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,492</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,673</x:t>
+          <x:t>33,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,622</x:t>
-[...151 lines deleted...]
-          <x:t>33,546</x:t>
+          <x:t>33,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,447</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>33,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>