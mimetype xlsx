--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2d8e740049f4772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2206ecfac9024ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6848fc97b5477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b06b189ebec4df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f93fe6e937a4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6848fc97b5477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cafd639550445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b06b189ebec4df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2028 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2810185665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>33,145</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>33,447</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>