--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5045f9040b85408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c5c6d17018485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd509ddefcdc54523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e61fba43734d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd3782467b6241ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd509ddefcdc54523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16acd777922049ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e61fba43734d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2034 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>32,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,348</x:t>
-[...11 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>32,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,479</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>32,564</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>