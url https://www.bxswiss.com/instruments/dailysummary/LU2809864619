--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c5c6d17018485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9cccfd944a34085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e61fba43734d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a87947f3ad4c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16acd777922049ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e61fba43734d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R741be1b8a1af40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a87947f3ad4c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2034 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>32,723</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,643</x:t>
-[...200 lines deleted...]
-          <x:t>32,495</x:t>
+          <x:t>32,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,448</x:t>
-[...355 lines deleted...]
-          <x:t>32,151</x:t>
+          <x:t>32,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>