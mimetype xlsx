--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9cccfd944a34085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R550f020561e64a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a87947f3ad4c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78389d316a8c4725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R741be1b8a1af40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a87947f3ad4c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6673aa5de08b4c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78389d316a8c4725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2034 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,327</x:t>
-[...53 lines deleted...]
-          <x:t>32,329</x:t>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,209</x:t>
-[...87 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>31,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,034</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,159</x:t>
-[...144 lines deleted...]
-          <x:t>32,414</x:t>
+          <x:t>32,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>