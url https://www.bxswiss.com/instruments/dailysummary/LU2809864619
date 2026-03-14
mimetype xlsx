--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R550f020561e64a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d13d3a2a514b34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78389d316a8c4725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R207b2e17fae44b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6673aa5de08b4c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78389d316a8c4725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b5f3e8c98c46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R207b2e17fae44b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2034 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,133</x:t>
-[...296 lines deleted...]
-          <x:t>31,990</x:t>
+          <x:t>32,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>32,024</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>