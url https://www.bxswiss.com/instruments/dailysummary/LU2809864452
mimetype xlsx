--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98618f9b10943db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2626110e97a47ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3f7aa6c0544aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fa121370e7411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7732aff6704116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3f7aa6c0544aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32109b36996d4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fa121370e7411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2032 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>32,602</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>32,746</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,857</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>32,994</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,909</x:t>
-[...172 lines deleted...]
-        <x:is>
           <x:t>32,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,896</x:t>
-[...296 lines deleted...]
-          <x:t>33,041</x:t>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,964</x:t>
-[...53 lines deleted...]
-          <x:t>32,940</x:t>
+          <x:t>32,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>