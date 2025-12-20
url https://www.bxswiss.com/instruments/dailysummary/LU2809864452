--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2626110e97a47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9372a91292aa4657" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fa121370e7411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20aa86ec4cd44bbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32109b36996d4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fa121370e7411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b17d78e424c4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20aa86ec4cd44bbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2032 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,945</x:t>
-[...21 lines deleted...]
-          <x:t>32,861</x:t>
+          <x:t>32,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,771</x:t>
-[...11 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>32,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,859</x:t>
-[...193 lines deleted...]
-          <x:t>32,798</x:t>
+          <x:t>32,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>32,750</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>32,809</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>