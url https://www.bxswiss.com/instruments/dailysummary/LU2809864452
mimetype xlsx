--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9372a91292aa4657" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7834b2cbb0ce440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20aa86ec4cd44bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R097fd1be046f4000"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b17d78e424c4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20aa86ec4cd44bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb0006e6c7b412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R097fd1be046f4000" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2032 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>32,906</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,814</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>32,807</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,672</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>32,741</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,741</x:t>
-[...38 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>32,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,845</x:t>
-[...63 lines deleted...]
-          <x:t>32,646</x:t>
+          <x:t>32,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>