--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7834b2cbb0ce440e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d1dc7e00034ce6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R097fd1be046f4000"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe134435156e4ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb0006e6c7b412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R097fd1be046f4000" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd314e0dba89245c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe134435156e4ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2032 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>32,677</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>32,676</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,570</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>32,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,662</x:t>
-[...117 lines deleted...]
-          <x:t>32,891</x:t>
+          <x:t>32,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>