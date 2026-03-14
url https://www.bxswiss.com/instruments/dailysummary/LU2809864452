--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d1dc7e00034ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e887e7f4794c84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe134435156e4ef9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf42887c047034c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd314e0dba89245c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe134435156e4ef9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb70333a54a8c4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf42887c047034c3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2032 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,673</x:t>
-[...70 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>32,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,753</x:t>
-[...139 lines deleted...]
-          <x:t>32,442</x:t>
+          <x:t>32,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,621</x:t>
-[...198 lines deleted...]
-          <x:t>32,449</x:t>
+          <x:t>32,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>