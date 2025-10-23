--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb9077e695845fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a10a5226ef4cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39198c8da7a7455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7350f4ade0844ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01dfe549135b475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39198c8da7a7455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19340314ff6c4e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7350f4ade0844ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2030 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>33,496</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>33,558</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,466</x:t>
-[...249 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>33,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,521</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>33,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>