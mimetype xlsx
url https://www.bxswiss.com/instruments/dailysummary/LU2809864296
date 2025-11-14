--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a10a5226ef4cf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc048d2e1f14597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7350f4ade0844ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32d787beb46840db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19340314ff6c4e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7350f4ade0844ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255e8c3386b04205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32d787beb46840db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2030 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,480</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,471</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>33,456</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>33,581</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,501</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,455</x:t>
-[...495 lines deleted...]
-          <x:t>33,380</x:t>
+          <x:t>33,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>