--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc048d2e1f14597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50df3af42f5540ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32d787beb46840db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109057aebe2a4570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255e8c3386b04205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32d787beb46840db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1b597a1fc940a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109057aebe2a4570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2030 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>33,555</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,507</x:t>
-[...16 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>33,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,615</x:t>
-[...4 lines deleted...]
-          <x:t>33,429</x:t>
+          <x:t>33,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,517</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>33,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>