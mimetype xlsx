--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50df3af42f5540ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e0f4c44df8434e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109057aebe2a4570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ab3c8553904782"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1b597a1fc940a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109057aebe2a4570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb52bb5b1b244fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ab3c8553904782" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2030 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,636</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>33,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,427</x:t>
-[...188 lines deleted...]
-          <x:t>33,369</x:t>
+          <x:t>33,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,259</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>33,517</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>