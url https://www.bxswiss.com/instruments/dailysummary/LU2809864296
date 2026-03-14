--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e0f4c44df8434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e3fdac0d1843cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ab3c8553904782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f097fe076bc4d92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb52bb5b1b244fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ab3c8553904782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff2b1a06beb4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f097fe076bc4d92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2030 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>33,209</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,078</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>33,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,078</x:t>
-[...80 lines deleted...]
-          <x:t>32,970</x:t>
+          <x:t>33,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>