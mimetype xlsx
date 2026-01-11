--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5645c946c6684360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5aa5a2ba6074551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89c0c465b4f14d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf408afd1faf44655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf061e2218d0247fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89c0c465b4f14d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eb46c7a12ac4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf408afd1faf44655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2033 EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>26,861</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,922</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>08.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,964</x:t>
-        </x:is>
-[...337 lines deleted...]
-          <x:t>26,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>