--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5aa5a2ba6074551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd12123b99724698" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf408afd1faf44655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6171f9156ea141aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eb46c7a12ac4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf408afd1faf44655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff0a23799ab4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6171f9156ea141aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2033 EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>26,803</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>26,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>26,679</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,764</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>26,964</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>