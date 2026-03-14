--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd12123b99724698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc568e5e01b413d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6171f9156ea141aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bfa75033b44739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff0a23799ab4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6171f9156ea141aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf2a3918e144378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bfa75033b44739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2033 EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>26,761</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,726</x:t>
-[...512 lines deleted...]
-          <x:t>26,615</x:t>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>