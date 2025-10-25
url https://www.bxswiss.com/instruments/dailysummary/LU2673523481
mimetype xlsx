--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fb4f2bc6344637" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5906dba093aa4b31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcebfa05c18cd4a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b28dbcb4082465f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d70cb2e31f5415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcebfa05c18cd4a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57c6d712c5b4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b28dbcb4082465f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2031  EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>28,075</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,946</x:t>
-[...43 lines deleted...]
-          <x:t>28,133</x:t>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>28,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,169</x:t>
-[...60 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,142</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>28,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,201</x:t>
-[...16 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>28,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,190</x:t>
-[...161 lines deleted...]
-          <x:t>28,206</x:t>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,084</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>28,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>