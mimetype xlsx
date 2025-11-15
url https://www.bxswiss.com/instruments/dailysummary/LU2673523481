--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5906dba093aa4b31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f430933038456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b28dbcb4082465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f8bc53c533479e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57c6d712c5b4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b28dbcb4082465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9d2b6493f14a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f8bc53c533479e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2031  EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>28,237</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,159</x:t>
-[...6 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>28,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,206</x:t>
+          <x:t>28,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,084</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,281</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,127</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>28,181</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,143</x:t>
-[...215 lines deleted...]
-          <x:t>28,084</x:t>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>