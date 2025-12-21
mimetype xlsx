--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f430933038456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab29926c34674bbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f8bc53c533479e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf083749140284c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9d2b6493f14a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f8bc53c533479e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16e494f899244082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf083749140284c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2031  EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>28,296</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,194</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>20.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,156</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>28,001</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>28,024</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,006</x:t>
-[...490 lines deleted...]
-          <x:t>27,862</x:t>
+          <x:t>27,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>