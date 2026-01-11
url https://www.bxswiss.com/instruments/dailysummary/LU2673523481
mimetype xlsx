--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab29926c34674bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa01f5247874a7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf083749140284c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72cb6996dfa4c09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16e494f899244082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf083749140284c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0825bb10d443d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72cb6996dfa4c09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2031  EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>27,902</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,849</x:t>
-[...70 lines deleted...]
-          <x:t>28,082</x:t>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,025</x:t>
-[...11 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,209</x:t>
-[...495 lines deleted...]
-          <x:t>27,963</x:t>
+          <x:t>28,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>