--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa01f5247874a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e0cdba588742ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72cb6996dfa4c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f47a259dd249e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0825bb10d443d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72cb6996dfa4c09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05959d4b63f24b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f47a259dd249e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2031  EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>28,017</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>28,146</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,883</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>27,996</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,925</x:t>
-[...43 lines deleted...]
-          <x:t>27,973</x:t>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,952</x:t>
-[...134 lines deleted...]
-          <x:t>28,142</x:t>
+          <x:t>27,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>