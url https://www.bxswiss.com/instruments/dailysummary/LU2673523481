--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e0cdba588742ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R732a9ed232684720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f47a259dd249e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4be8de9c9c408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05959d4b63f24b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f47a259dd249e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra742fa7fec164f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4be8de9c9c408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2031  EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,987</x:t>
-[...43 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>27,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,931</x:t>
-[...26 lines deleted...]
-          <x:t>27,880</x:t>
+          <x:t>27,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,818</x:t>
-[...195 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,786</x:t>
-[...4 lines deleted...]
-          <x:t>27,658</x:t>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,732</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>27,700</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>