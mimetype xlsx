--- v0 (2025-10-07)
+++ v1 (2025-11-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d38c5e58a0e4de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R985156de44be431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1064615a48b44688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557498673bb4483e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7aed5f9b60144f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1064615a48b44688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R545ba81a2e49426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557498673bb4483e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2573966905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>48,686</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,594</x:t>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>