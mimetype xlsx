--- v1 (2025-11-28)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R985156de44be431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2189c87ef994523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557498673bb4483e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78551615168f4910"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R545ba81a2e49426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557498673bb4483e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d706d203cba4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78551615168f4910" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2573966905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>