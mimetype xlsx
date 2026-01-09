--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2189c87ef994523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d20dd4c5243492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78551615168f4910"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb3a5cdb6b1413b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d706d203cba4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78551615168f4910" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae52bfad638b400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb3a5cdb6b1413b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2573966905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>