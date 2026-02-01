--- v3 (2026-01-09)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d20dd4c5243492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf87dc7512514cbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb3a5cdb6b1413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R207bc4665bb8422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae52bfad638b400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb3a5cdb6b1413b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab95770b613c494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R207bc4665bb8422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2573966905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>