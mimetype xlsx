--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf87dc7512514cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec5e89c04b04ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R207bc4665bb8422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf40e0418b74923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab95770b613c494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R207bc4665bb8422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd7b78172bf4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf40e0418b74923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2573966905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>51,727</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>51,399</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>