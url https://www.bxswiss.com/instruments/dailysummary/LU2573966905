--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec5e89c04b04ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0ac0701ef8e40ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf40e0418b74923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0232d8ac06264890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd7b78172bf4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf40e0418b74923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b2c8e36aee459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0232d8ac06264890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2573966905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>