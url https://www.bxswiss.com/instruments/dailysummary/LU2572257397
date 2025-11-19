--- v0 (2025-10-29)
+++ v1 (2025-11-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24058a93cf494b18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37326db0bbd4eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3c54dc3b5e4ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf251a4ddcae4766"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c94ddbe95394e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3c54dc3b5e4ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recfe32e35c9443a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf251a4ddcae4766" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Pacific ESG Climate Net Zero Ambition CTB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2572257397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,526</x:t>
-[...387 lines deleted...]
-          <x:t>64,827</x:t>
+          <x:t>64,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>