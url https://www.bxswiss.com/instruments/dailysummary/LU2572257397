--- v1 (2025-11-19)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37326db0bbd4eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed8ec69bd494eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf251a4ddcae4766"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe57e7f82b814ab0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recfe32e35c9443a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf251a4ddcae4766" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7da1f42bf48496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe57e7f82b814ab0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Pacific ESG Climate Net Zero Ambition CTB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2572257397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>64,351</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,956</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>64,011</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,758</x:t>
-[...485 lines deleted...]
-          <x:t>62,430</x:t>
+          <x:t>63,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>