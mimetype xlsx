--- v2 (2026-01-01)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed8ec69bd494eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4533f151f79e46fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe57e7f82b814ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc93ffe1f84c45e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7da1f42bf48496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe57e7f82b814ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc160123202c745cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc93ffe1f84c45e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Pacific ESG Climate Net Zero Ambition CTB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2572257397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>63,447</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>