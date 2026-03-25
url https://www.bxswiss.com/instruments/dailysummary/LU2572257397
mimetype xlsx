--- v3 (2026-02-13)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4533f151f79e46fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99477c8acb804157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc93ffe1f84c45e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1499084b443464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc160123202c745cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc93ffe1f84c45e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c74dcb6cac47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1499084b443464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Pacific ESG Climate Net Zero Ambition CTB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2572257397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,564</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,385</x:t>
-[...279 lines deleted...]
-          <x:t>69,069</x:t>
+          <x:t>61,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>