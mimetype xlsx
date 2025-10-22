--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600a663922de4f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f53b59a49fc44fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389fa643aa864756"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b281050b40b481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c59b5d4196b4e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389fa643aa864756" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038f0f7b12514756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b281050b40b481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2456436083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>8,315</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,322</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>8,471</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,447</x:t>
-[...16 lines deleted...]
-          <x:t>8,525</x:t>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>8,421</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>8,802</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>