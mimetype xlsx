--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f53b59a49fc44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84304766b4374ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b281050b40b481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc43cf516ba4858"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038f0f7b12514756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b281050b40b481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8a3d98df79b4a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc43cf516ba4858" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2456436083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>8,534</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,503</x:t>
-[...107 lines deleted...]
-          <x:t>8,505</x:t>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,544</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>8,437</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>