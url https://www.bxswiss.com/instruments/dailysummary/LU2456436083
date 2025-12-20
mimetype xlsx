--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84304766b4374ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff071def81ad47e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc43cf516ba4858"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbef387cbb0634236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8a3d98df79b4a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc43cf516ba4858" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0ac621b378e457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbef387cbb0634236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2456436083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,127</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>8,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>