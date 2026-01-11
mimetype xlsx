--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff071def81ad47e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca28085d6277489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbef387cbb0634236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81fe0f81b3e242f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0ac621b378e457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbef387cbb0634236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052d548abc5d4c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81fe0f81b3e242f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2456436083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,326</x:t>
-[...178 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,336</x:t>
-[...441 lines deleted...]
-          <x:t>8,176</x:t>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>