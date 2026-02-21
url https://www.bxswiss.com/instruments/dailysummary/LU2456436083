--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca28085d6277489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcfc3c0951b74c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81fe0f81b3e242f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf7830aad0e433b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052d548abc5d4c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81fe0f81b3e242f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb14016ecdbfd4582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf7830aad0e433b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2456436083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>7,983</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>7,964</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,973</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>8,398</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>