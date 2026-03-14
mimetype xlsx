--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcfc3c0951b74c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3791d82f865041bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf7830aad0e433b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbecbe056ed3e437d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb14016ecdbfd4582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf7830aad0e433b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe20d56fade2412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbecbe056ed3e437d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2456436083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>8,080</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,020</x:t>
-[...21 lines deleted...]
-          <x:t>7,922</x:t>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,936</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>8,061</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,907</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>7,821</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,751</x:t>
-[...11 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,928</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>7,903</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>