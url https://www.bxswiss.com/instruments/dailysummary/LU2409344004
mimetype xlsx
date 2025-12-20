--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabeb0b3dbe5e42bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23bf3e5c88a04fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ab16811a5a64265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddcc3c757be24aa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra459e47353d94a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ab16811a5a64265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d3eb553a74432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddcc3c757be24aa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity Fund CHF D3HC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2409344004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>145,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,750</x:t>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,050</x:t>
-[...26 lines deleted...]
-          <x:t>142,650</x:t>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,850</x:t>
-[...114 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,550</x:t>
-        </x:is>
-[...121 lines deleted...]
-          <x:t>139,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>