--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23bf3e5c88a04fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3264f2a35e04006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddcc3c757be24aa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbf5f71a67654c71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d3eb553a74432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddcc3c757be24aa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89cfdd3cbd6d4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbf5f71a67654c71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity Fund CHF D3HC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2409344004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>139,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>140,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,050</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>142,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>142,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>142,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,650</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>143,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>140,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>