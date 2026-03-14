--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3264f2a35e04006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf8f92fdc8614ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbf5f71a67654c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red04f3c059664565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89cfdd3cbd6d4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbf5f71a67654c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaccad81ff434b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red04f3c059664565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity Fund CHF D3HC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2409344004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>144,150</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>143,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,550</x:t>
-[...53 lines deleted...]
-          <x:t>139,750</x:t>
+          <x:t>142,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,950</x:t>
-[...296 lines deleted...]
-          <x:t>147,350</x:t>
+          <x:t>137,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>