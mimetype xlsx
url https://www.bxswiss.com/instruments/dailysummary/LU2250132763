--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20aaca7c7fec4b1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64eb6295be6c4460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f3b25d978ad4d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f78a2b37292440c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a0e69468e34a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f3b25d978ad4d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd059631b3e4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f78a2b37292440c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland IMI Socially Responsible UCITS ETF (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2250132763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>14,517</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,384</x:t>
+          <x:t>14,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>14,433</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,395</x:t>
-[...416 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,451</x:t>
-[...90 lines deleted...]
-          <x:t>14,636</x:t>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>