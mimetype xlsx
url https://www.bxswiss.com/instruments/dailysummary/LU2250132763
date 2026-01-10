--- v1 (2025-10-30)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64eb6295be6c4460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82bbbd33d95e4cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f78a2b37292440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0472334e96a14970"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd059631b3e4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f78a2b37292440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff856d4dfb354691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0472334e96a14970" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland IMI Socially Responsible UCITS ETF (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2250132763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>14,587</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,623</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>14,577</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,469</x:t>
-[...247 lines deleted...]
-          <x:t>14,409</x:t>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>