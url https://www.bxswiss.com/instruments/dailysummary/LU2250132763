--- v2 (2026-01-10)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82bbbd33d95e4cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e63da3c742d4210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0472334e96a14970"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e34aa0ecea494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff856d4dfb354691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0472334e96a14970" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1505d47fb9a46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e34aa0ecea494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland IMI Socially Responsible UCITS ETF (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2250132763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>14,790</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,720</x:t>
-[...259 lines deleted...]
-          <x:t>15,197</x:t>
+          <x:t>15,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,107</x:t>
-[...58 lines deleted...]
-          <x:t>15,201</x:t>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>