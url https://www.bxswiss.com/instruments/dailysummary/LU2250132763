--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e63da3c742d4210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4131a64912e84eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e34aa0ecea494a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d5a2830ff524008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1505d47fb9a46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e34aa0ecea494a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffb7de5e4fad44cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d5a2830ff524008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland IMI Socially Responsible UCITS ETF (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2250132763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>15,075</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,964</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>15,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>