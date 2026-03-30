--- v4 (2026-03-10)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4131a64912e84eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2df36d3774b4fc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d5a2830ff524008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d8dcbe71cb4281"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffb7de5e4fad44cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d5a2830ff524008" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1184658b735c4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d8dcbe71cb4281" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland IMI Socially Responsible UCITS ETF (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2250132763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>