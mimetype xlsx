--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1374a49be24b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4428514e004a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2354876e77794b27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1443e1dfe0643d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fe8893dea444ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2354876e77794b27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df7461c4104449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1443e1dfe0643d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity Fund USD D3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2209331995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...55 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,700</x:t>
-        </x:is>
-[...418 lines deleted...]
-          <x:t>159,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>