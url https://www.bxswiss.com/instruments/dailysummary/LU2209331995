--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4428514e004a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc939d1fae244cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1443e1dfe0643d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca0b2338e4f444df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df7461c4104449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1443e1dfe0643d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09186a148f0245b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca0b2338e4f444df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity Fund USD D3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2209331995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,300</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,400</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>166,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,400</x:t>
-[...387 lines deleted...]
-          <x:t>169,700</x:t>
+          <x:t>164,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>