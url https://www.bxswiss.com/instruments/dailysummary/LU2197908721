--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R249cdadc729c4093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1b1b1711524d6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra222bc49336d4776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ab6df42501f45b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81fa64535454fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra222bc49336d4776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524071b99b0c468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ab6df42501f45b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Nasdaq-100 II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2197908721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>