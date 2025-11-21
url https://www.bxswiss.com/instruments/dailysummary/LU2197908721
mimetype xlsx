--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1b1b1711524d6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11e03dbae7e94309" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ab6df42501f45b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5e89c3d643f4adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524071b99b0c468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ab6df42501f45b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838acaa8580d44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5e89c3d643f4adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Nasdaq-100 II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2197908721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>