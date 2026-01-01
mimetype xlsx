--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11e03dbae7e94309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07468d39c3d34ace" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5e89c3d643f4adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a74241a849e4184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838acaa8580d44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5e89c3d643f4adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3becc23de9344f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a74241a849e4184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Nasdaq-100 II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2197908721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>211,569</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>