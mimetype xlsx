--- v3 (2026-01-01)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07468d39c3d34ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R698a929bf35d4433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a74241a849e4184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a0b5a5ab034273"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3becc23de9344f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a74241a849e4184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6350e5fe4bf4003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a0b5a5ab034273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Nasdaq-100 II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2197908721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,433</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>212,514</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>