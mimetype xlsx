--- v4 (2026-02-11)
+++ v5 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R698a929bf35d4433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8e2a8477bc4d4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a0b5a5ab034273"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274baf660b544a5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6350e5fe4bf4003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a0b5a5ab034273" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc426f5c3af042f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274baf660b544a5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Nasdaq-100 II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2197908721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>212,359</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,031</x:t>
-[...161 lines deleted...]
-          <x:t>204,075</x:t>
+          <x:t>202,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>