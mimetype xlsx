--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca77f43a43f14b83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474d7d18c4d44841" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d5dcb9d70764762"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaca53856ef14594"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38b2aaef2f684342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d5dcb9d70764762" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3e409330154704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaca53856ef14594" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity EUR D1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2178932914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +226,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>