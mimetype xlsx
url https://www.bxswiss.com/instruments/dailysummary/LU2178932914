--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474d7d18c4d44841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d3d8e0a04a4a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaca53856ef14594"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8172fedac31e4ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3e409330154704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaca53856ef14594" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32a90001209457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8172fedac31e4ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity EUR D1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2178932914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>175,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>176,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>176,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>