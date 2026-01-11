--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d3d8e0a04a4a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e3b390bd0b4512" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8172fedac31e4ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5caa7d0d69794c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32a90001209457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8172fedac31e4ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d82d2777ad84188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5caa7d0d69794c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity EUR D1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2178932914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>173,050</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>172,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>26.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,250</x:t>
-[...48 lines deleted...]
-          <x:t>178,450</x:t>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,350</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>179,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>181,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>175,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>