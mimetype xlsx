--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e3b390bd0b4512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87bc2f8631044a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5caa7d0d69794c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8e258a34d2d4079"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d82d2777ad84188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5caa7d0d69794c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b74f7f65c14df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8e258a34d2d4079" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multiflex SICAV The Singularity EUR D1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2178932914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>182,350</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,150</x:t>
-[...38 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>179,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,550</x:t>
-        </x:is>
-[...391 lines deleted...]
-          <x:t>185,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>