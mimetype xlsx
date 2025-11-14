--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7405c443a5cc4afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9aaeaba48e430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a4244f0e274c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42159ce3e5824d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c786e55d02407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a4244f0e274c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2793639ed194f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42159ce3e5824d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2134542260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>46,900</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>47,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>