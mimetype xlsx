--- v1 (2025-11-14)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9aaeaba48e430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f398e90559f42d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42159ce3e5824d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d1424002f9a465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2793639ed194f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42159ce3e5824d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9998db2e462a4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d1424002f9a465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2134542260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>48,210</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>48,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,310</x:t>
-[...620 lines deleted...]
-          <x:t>47,775</x:t>
+          <x:t>48,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>