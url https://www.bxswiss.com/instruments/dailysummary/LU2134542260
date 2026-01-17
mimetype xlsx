--- v2 (2025-12-27)
+++ v3 (2026-01-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f398e90559f42d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b54a634c8bd4bf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d1424002f9a465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980d5649d0c24cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9998db2e462a4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d1424002f9a465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb51091bdf14e49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980d5649d0c24cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2134542260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>47,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>48,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,825</x:t>
-[...141 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>48,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,070</x:t>
-[...193 lines deleted...]
-          <x:t>47,240</x:t>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>