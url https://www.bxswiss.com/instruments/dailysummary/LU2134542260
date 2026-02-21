--- v3 (2026-01-17)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b54a634c8bd4bf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bce6567334b49d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980d5649d0c24cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a607763ee2b4bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb51091bdf14e49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980d5649d0c24cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3546c4e4baf0477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a607763ee2b4bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2134542260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>46,355</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,725</x:t>
-[...65 lines deleted...]
-          <x:t>47,040</x:t>
+          <x:t>46,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>47,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,595</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>48,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>