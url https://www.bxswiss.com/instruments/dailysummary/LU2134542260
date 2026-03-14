--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bce6567334b49d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c3aaa088404047" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a607763ee2b4bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R127e222afa004fd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3546c4e4baf0477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a607763ee2b4bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100d1d50aa184c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R127e222afa004fd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Technology USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2134542260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,135</x:t>
-[...502 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,300</x:t>
-[...117 lines deleted...]
-          <x:t>47,595</x:t>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>