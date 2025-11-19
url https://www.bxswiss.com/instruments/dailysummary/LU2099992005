--- v0 (2025-10-29)
+++ v1 (2025-11-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbb540da9aa456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86e6a3ed5b84c68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a2a220580d457d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff7814c566604eb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R243b182498004a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a2a220580d457d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8028e3803c44f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff7814c566604eb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg MSCI Global Liquid Corporates Sustainable UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2099992005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>10,859</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,881</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>10,930</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,892</x:t>
-[...87 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,902</x:t>
-[...414 lines deleted...]
-          <x:t>10,965</x:t>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>