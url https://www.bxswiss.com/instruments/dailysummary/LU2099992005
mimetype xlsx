--- v1 (2025-11-19)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86e6a3ed5b84c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba7919909b54409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff7814c566604eb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b139db772b4c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8028e3803c44f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff7814c566604eb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc15cba5f99dd4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b139db772b4c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg MSCI Global Liquid Corporates Sustainable UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2099992005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>10,949</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,911</x:t>
-[...16 lines deleted...]
-          <x:t>10,921</x:t>
+          <x:t>10,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>10,881</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,842</x:t>
-[...16 lines deleted...]
-          <x:t>10,848</x:t>
+          <x:t>10,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,886</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>10,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>