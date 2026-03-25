--- v2 (2026-02-13)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba7919909b54409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6690494feb064861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b139db772b4c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8e0aee6ded43b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc15cba5f99dd4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b139db772b4c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206d4768e645450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8e0aee6ded43b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg MSCI Global Liquid Corporates Sustainable UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2099992005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>10,820</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,851</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>10,888</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,826</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>10,832</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,803</x:t>
-[...458 lines deleted...]
-          <x:t>10,886</x:t>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>