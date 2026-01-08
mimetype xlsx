--- v0 (2025-11-01)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red20dfb4c23e4363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c33ec201fd43f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a71623d74bc43bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252152b5b0d14c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5622314648b74a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a71623d74bc43bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0a6c23f5d04aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252152b5b0d14c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - BBG Japan Treasury 1-3 UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2098179695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>6,059</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>