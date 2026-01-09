--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c33ec201fd43f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e562d96c30443e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252152b5b0d14c69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f7b31f90ac14864"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0a6c23f5d04aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252152b5b0d14c69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R181dc3e410ed4338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f7b31f90ac14864" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - BBG Japan Treasury 1-3 UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2098179695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,899</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>