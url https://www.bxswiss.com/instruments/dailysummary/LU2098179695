--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e562d96c30443e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176ba0f8f2e148ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f7b31f90ac14864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc890914c7f994e8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R181dc3e410ed4338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f7b31f90ac14864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d592f3c56c4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc890914c7f994e8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - BBG Japan Treasury 1-3 UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2098179695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>