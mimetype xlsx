--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176ba0f8f2e148ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46431cbd858749fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc890914c7f994e8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c165a1fd304ed2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d592f3c56c4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc890914c7f994e8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ac3ef1ac3f47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c165a1fd304ed2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - BBG Japan Treasury 1-3 UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2098179695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>5,880</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>