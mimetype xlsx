--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46431cbd858749fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R623e470d191c49bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c165a1fd304ed2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c875888188345bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ac3ef1ac3f47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c165a1fd304ed2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91a8b45a2d7d4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c875888188345bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - BBG Japan Treasury 1-3 UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2098179695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>5,820</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,799</x:t>
-[...11 lines deleted...]
-          <x:t>5,815</x:t>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,797</x:t>
-[...26 lines deleted...]
-          <x:t>5,778</x:t>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,788</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,761</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,788</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,816</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>5,804</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,817</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>5,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>5,758</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,747</x:t>
-[...16 lines deleted...]
-          <x:t>5,748</x:t>
+          <x:t>5,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,746</x:t>
-[...296 lines deleted...]
-          <x:t>5,807</x:t>
+          <x:t>5,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>